--- v0 (2025-10-16)
+++ v1 (2026-01-21)
@@ -116,89 +116,629 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E1"/>
+  <dimension ref="A1:E21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="14"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B1" s="2" t="inlineStr">
         <is>
           <t>Last Name</t>
         </is>
       </c>
       <c r="C1" s="2" t="inlineStr">
         <is>
           <t>First Name</t>
         </is>
       </c>
       <c r="D1" s="2" t="inlineStr">
         <is>
           <t>Position</t>
         </is>
       </c>
       <c r="E1" s="2" t="inlineStr">
         <is>
           <t>Grade</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
+      <c r="A2" s="1" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>Alfano</t>
+        </is>
+      </c>
+      <c r="C2" s="1" t="inlineStr">
+        <is>
+          <t>Hayden</t>
+        </is>
+      </c>
+      <c r="D2" s="1" t="inlineStr">
+        <is>
+          <t>Defensive Midfield</t>
+        </is>
+      </c>
+      <c r="E2" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Atwell</t>
+        </is>
+      </c>
+      <c r="C3" s="1" t="inlineStr">
+        <is>
+          <t>David</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Midfield</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Ditchman</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>Andrew</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Attack</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Fagan</t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>Wil</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Attack</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Fife</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>JC</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Midfield</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>JR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Gair</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>Jackson</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Defense</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>JR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Gilbert</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>Grayson</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Midfield</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Gregory</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>John</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Defense</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Haddock</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>Thompson</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Midfield</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>James</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>Gabriel</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Goalie</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Kissock</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>Declan</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Goalie</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>JR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Lynch</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>Jack</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Attack</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Neri</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>Hudson</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Midfield</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Skinner</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>Davis</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Defense</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Sorokwasz</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>Marshall</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Midfield</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Spurgin</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>Holden</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Attack</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Steinbach</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>Jack</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Defense</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Struznik</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>Jake</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Midfield</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>SO</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Tubbs</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>Stone</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Midfield</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Williams</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>Thomas</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>LSM</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>JR</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>