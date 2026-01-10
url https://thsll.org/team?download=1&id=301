--- v0 (2025-10-28)
+++ v1 (2026-01-10)
@@ -116,51 +116,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E20"/>
+  <dimension ref="A1:E19"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="14"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B1" s="2" t="inlineStr">
         <is>
           <t>Last Name</t>
         </is>
       </c>
@@ -441,51 +441,51 @@
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Midfield</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Lane</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>J. P.</t>
+          <t>JP</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Midfield</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>SO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>97</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Leech</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
@@ -549,167 +549,140 @@
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Midfield</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>SO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Regan</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>J. J.</t>
+          <t>JJ</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Midfield</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>SO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>06</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Smith</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>Declan</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Defense</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>JR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>11</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>St. Peter</t>
+          <t>Weems</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>Beckham</t>
+          <t>Ryder</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>Midfield</t>
+          <t>Defense</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>SO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>80</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Weems</t>
+          <t>Zavala</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>Ryder</t>
+          <t>Max</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>Defense</t>
+          <t>Goalie</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
-        <is>
-[...25 lines deleted...]
-      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>JR</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">