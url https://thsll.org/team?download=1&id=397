--- v0 (2025-11-02)
+++ v1 (2026-01-15)
@@ -215,385 +215,385 @@
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Brandes</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
           <t>Gavin</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
           <t>Midfield</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>JR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>0</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Carson</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>Tank</t>
+          <t>Stone</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
           <t>Attack</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>SO</t>
+          <t>FR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Davidson</t>
+          <t>Carson</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>Zachary</t>
+          <t>Tank</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Midfield</t>
+          <t>Attack</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>SR</t>
+          <t>SO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>3</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ealy</t>
+          <t>Davidson</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>Tristan</t>
+          <t>Zachary</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Midfield</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>JR</t>
+          <t>SR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>4</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Filmore</t>
+          <t>Ealy</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>Samuel</t>
+          <t>Tristan</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>LSM</t>
+          <t>Midfield</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>JR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>22</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Goodwin</t>
+          <t>Filmore</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>Turner</t>
+          <t>Samuel</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>Defense</t>
+          <t>LSM</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>JR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>18</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hanson</t>
+          <t>Goodwin</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>Brody</t>
+          <t>Turner</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Defense</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>JR</t>
+          <t>SR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>27</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Houston</t>
+          <t>Hanson</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>Lukas</t>
+          <t>Brody</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>Midfield</t>
+          <t>Defense</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>JR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>10</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Howard</t>
+          <t>Houston</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>Jack</t>
+          <t>Lukas</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>Attack</t>
+          <t>Midfield</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>SR</t>
+          <t>JR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>28</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Innes</t>
+          <t>Howard</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>Sterling</t>
+          <t>Jack</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>Defense</t>
+          <t>Attack</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>SR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>16</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Jones</t>
+          <t>Innes</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>Kyler</t>
+          <t>Sterling</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>Attack</t>
+          <t>Defense</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>JR</t>
+          <t>SR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>2</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Konesheck</t>
+          <t>Jones</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>Cainan</t>
+          <t>Kyler</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>Midfield</t>
+          <t>Attack</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>JR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>15</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>McGraw</t>
+          <t>Konesheck</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>CJ</t>
+          <t>Cainan</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>Defense</t>
+          <t>Midfield</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>SR</t>
+          <t>JR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>33</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>McMillan</t>
+          <t>McGraw</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>Ethan</t>
+          <t>CJ</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Defense</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>SR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>McWilliams</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">